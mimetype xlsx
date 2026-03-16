--- v0 (2025-11-28)
+++ v1 (2026-03-16)
@@ -10,178 +10,190 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="401" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="421" uniqueCount="185">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
+    <t>EMENDA E SUBEMENDA nº 43 de 2025</t>
+  </si>
+  <si>
+    <t>Carlos Tatto,Douglas da Analice,Marcia Almeida</t>
+  </si>
+  <si>
+    <t>Modificativa o Projeto de Lei nº 107/2025 de autoria do Vereador Douglas da Analice.</t>
+  </si>
+  <si>
+    <t>Não informada</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI nº 107 de 2025</t>
+  </si>
+  <si>
+    <t>Douglas da Analice</t>
+  </si>
+  <si>
+    <t>Suprime os incisos IV e V do artigo 3º e modifica o artigo 4º da Lei Municipal nº 3.247, de 2024, que dispõe sobre a concessão de imunidade tributária aos templos religiosos, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Aguardando emissão de parecer Jurídico</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI nº 129 de 2025</t>
+  </si>
+  <si>
+    <t>Institui o evento anual “Embu - Guaçu Pedal Fest” no calendário oficial do Município de Embu Guaçu, voltado à integração de ciclistas do Estado de São Paulo, incentivo ao turismo, à economia local e à solidariedade, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI nº 136 de 2025</t>
+  </si>
+  <si>
+    <t>Institui, no âmbito do Município de Embu-Guaçu, o Programa “Patrulha Maria da Penha”</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI nº 143 de 2025</t>
+  </si>
+  <si>
+    <t>Institui o programa “Basquete para Todos” no Município de Embu-Guaçu, visando democratizar o acesso à prática do basquete como instrumento de inclusão social, educação e promoção da saúde.</t>
+  </si>
+  <si>
     <t>EMENDA E SUBEMENDA nº 42 de 2025</t>
   </si>
   <si>
-    <t>Douglas da Analice</t>
-[...1 lines deleted...]
-  <si>
     <t>Modificativa a ementa e ao artigo 1º do Projeto de Lei nº 150/2025 de autoria do Vereador Douglas da Analice.</t>
   </si>
   <si>
-    <t>Não informada</t>
-[...8 lines deleted...]
-    <t>Modificativa o Projeto de Lei nº 107/2025 de autoria do Vereador Douglas da Analice.</t>
+    <t>PROJETO DE LEI nº 150 de 2025</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 3.338, de 30 de abril de 2025, que institui o Programa Qualifica Embu-Guaçu, para reservar percentual mínimo de vagas às mães atípicas e priorizar a lotação em unidades próximas à residência.</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI nº 139 de 2025</t>
+  </si>
+  <si>
+    <t>Isaias Coelho</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 3.273 de 18 de setembro de 2025.</t>
+  </si>
+  <si>
+    <t>VETO nº 2 de 2025</t>
+  </si>
+  <si>
+    <t>CHEFE DO PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Veto integral ao Autógrafo de Lei nº 055/2025 correspondente ao Projeto de Lei nº 006/2025.</t>
+  </si>
+  <si>
+    <t>Parecer favorável da comissão</t>
+  </si>
+  <si>
+    <t>VETO nº 3 de 2025</t>
+  </si>
+  <si>
+    <t>Veto integral ao Autógrafo de Lei nº 056/2025 correspondente ao Projeto de Lei nº 016/2025.</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 47 de 2025</t>
   </si>
   <si>
     <t>Prof Colle</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da “Casa do Autista”, centro de referência e atendimento especializado às pessoas com Transtorno do Espectro Autista – TEA, no Município de Embu-Guaçu, e dá outras providências</t>
   </si>
   <si>
-    <t>Parecer favorável da comissão</t>
-[...1 lines deleted...]
-  <si>
     <t>PROJETO DE LEI nº 53 de 2025</t>
   </si>
   <si>
     <t>Maicon Siqueira</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Combate ao Abuso Digital Infantil e estabelece diretrizes de proteção à criança e ao adolescente no uso da internet, no âmbito do Município de Embu-Guaçu.</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 74 de 2025</t>
   </si>
   <si>
     <t>Marcia Almeida</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão dos festejos religiosos de Corpus Christi no Calendário Oficial de Eventos do Município de Embu-Guaçu, com destaque para a tradicional confecção dos tapetes</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 80 de 2025</t>
   </si>
   <si>
     <t>David Reis</t>
   </si>
   <si>
     <t>Dispõe sobre diretrizes de segurança e mobilidade urbana no entorno das ferrovias no Município de Embu-Guaçu, institui a Comissão Municipal de Acompanhamento Ferroviário e dá outras providências</t>
   </si>
   <si>
-    <t>PROJETO DE LEI nº 107 de 2025</t>
-[...43 lines deleted...]
-  <si>
     <t>expediente</t>
   </si>
   <si>
     <t>ATA nº 35 de 2025</t>
   </si>
   <si>
     <t>MESA DIRETORA - MESA</t>
   </si>
   <si>
     <t>Ata Resumida da 35ª SESSÃO ORDINÁRIA de 2025 da 1ª Sessão Legislativa da 15ª Legislatura</t>
   </si>
   <si>
     <t>INDICAÇÃO nº 873 de 2025</t>
   </si>
   <si>
     <t>Elton Camargo Corrêa</t>
   </si>
   <si>
     <t>Ao Prefeito - Implantação Redutor de Velocidade na Rua Circular</t>
   </si>
   <si>
     <t>INDICAÇÃO nº 874 de 2025</t>
   </si>
   <si>
     <t>Ao prefeito - implantação de um Parque no bairro Jardim Aquarius</t>
@@ -429,96 +441,84 @@
   <si>
     <t>MOÇÃO nº 109 de 2025</t>
   </si>
   <si>
     <t>Moção de APELO à Secretaria Municipal de Saúde para que desenvolva um projeto voltado à realização de exames de vista nas escolas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 140 de 2025</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Incentivo à Leitura “Ler Transforma”, no âmbito do Município de Embu-Guaçu.</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 141 de 2025</t>
   </si>
   <si>
     <t>Institui e inclui o “Campeonato de Futsal Infantil e Juvenil” no Calendário Oficial de Eventos do Município de Embu-Guaçu.</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 142 de 2025</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Educação Financeira nas escolas públicas e privadas do município de Embu-Guaçu e dá outras providências</t>
   </si>
   <si>
-    <t>PROJETO DE LEI nº 143 de 2025</t>
-[...4 lines deleted...]
-  <si>
     <t>PROJETO DE LEI nº 144 de 2025</t>
   </si>
   <si>
     <t>Institui o Programa Municipal do Agente Comunitário Digital, no âmbito da Atenção Básica à Saúde de Embu-Guaçu e dá outras providências.</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 145 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Ordinária nº 2945, de 2019.</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 146 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a padronização, construção, manutenção e conservação das calçadas no Município de Embu-Guaçu, autoriza o Poder Executivo a instituir normas técnicas específicas e dá outras providências.</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 147 de 2025</t>
   </si>
   <si>
     <t>Autoriza a utilização da Bíblia Sagrada como recurso paradidático nas escolas públicas e privadas do município de Embu-Guaçu e dá outras providências.</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 148 de 2025</t>
   </si>
   <si>
     <t>Institui a implantação de Espaços de Acessibilidade Sensorial e Comunicacional em praças, parques e órgãos públicos no âmbito do Município de Embu-Guaçu, em conformidade com a Lei Federal nº 15.249/2025, e dá outras providências</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 149 de 2025</t>
   </si>
   <si>
     <t>Institui o Campeonato Municipal de Vôlei de Embu Guaçu, a ser realizado anualmente no mês de novembro, e estabelece outras providências correlatas</t>
-  </si>
-[...4 lines deleted...]
-    <t>Altera a Lei nº 3.338, de 30 de abril de 2025, que institui o Programa Qualifica Embu-Guaçu, para reservar percentual mínimo de vagas às mães atípicas e priorizar a lotação em unidades próximas à residência.</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 89 de 2025</t>
   </si>
   <si>
     <t>Altera o artigo 2º do Decreto Legislativo nº 005, de novembro de 2018.</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 90 de 2025</t>
   </si>
   <si>
     <t>Concede Medalha de Mérito “Dia Internacional da Mulher” à Alessandra de Carvalho Reis.</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 91 de 2025</t>
   </si>
   <si>
     <t>Concede o Troféu de Mérito “Vozes pela Igualdade” ao Sr. Everton Rodrigues.</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 92 de 2025</t>
   </si>
   <si>
     <t>Concede Medalha de Mérito Cristão “Pastor Josevan Oliveira” ao Sr. Luiz Carlos Amaral.</t>
   </si>
@@ -902,1661 +902,1741 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F80"/>
+  <dimension ref="A1:F84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="55.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="42.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="235" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>9950</v>
+        <v>9951</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>9951</v>
+        <v>9635</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>8932</v>
+        <v>9846</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>9037</v>
+        <v>9875</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>18</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>9246</v>
+        <v>9940</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>9354</v>
+        <v>9950</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F7" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>9635</v>
+        <v>9947</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
       <c r="C8" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F8" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>9846</v>
+        <v>9881</v>
       </c>
       <c r="B9" t="s">
         <v>6</v>
       </c>
       <c r="C9" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>9875</v>
+        <v>9647</v>
       </c>
       <c r="B10" t="s">
         <v>6</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>9881</v>
+        <v>9648</v>
       </c>
       <c r="B11" t="s">
         <v>6</v>
       </c>
       <c r="C11" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>9647</v>
+        <v>8932</v>
       </c>
       <c r="B12" t="s">
         <v>6</v>
       </c>
       <c r="C12" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F12" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>9648</v>
+        <v>9037</v>
       </c>
       <c r="B13" t="s">
         <v>6</v>
       </c>
       <c r="C13" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F13" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>9930</v>
+        <v>9246</v>
       </c>
       <c r="B14" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" t="s">
+        <v>40</v>
+      </c>
+      <c r="D14" t="s">
+        <v>41</v>
+      </c>
+      <c r="E14" t="s">
         <v>42</v>
       </c>
-      <c r="C14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>9883</v>
+        <v>9354</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>6</v>
       </c>
       <c r="C15" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="E15" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>9891</v>
+        <v>9930</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C16" t="s">
+        <v>47</v>
+      </c>
+      <c r="D16" t="s">
+        <v>48</v>
+      </c>
+      <c r="E16" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>9892</v>
+        <v>9883</v>
       </c>
       <c r="B17" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C17" t="s">
+        <v>50</v>
+      </c>
+      <c r="D17" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="E17" t="s">
         <v>52</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>9893</v>
+        <v>9891</v>
       </c>
       <c r="B18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C18" t="s">
         <v>53</v>
       </c>
       <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>9894</v>
+        <v>9892</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C19" t="s">
+        <v>55</v>
+      </c>
+      <c r="D19" t="s">
+        <v>26</v>
+      </c>
+      <c r="E19" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="F19" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>9895</v>
+        <v>9893</v>
       </c>
       <c r="B20" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C20" t="s">
+        <v>57</v>
+      </c>
+      <c r="D20" t="s">
+        <v>58</v>
+      </c>
+      <c r="E20" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F20" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>9896</v>
+        <v>9894</v>
       </c>
       <c r="B21" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C21" t="s">
+        <v>60</v>
+      </c>
+      <c r="D21" t="s">
         <v>61</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F21" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>9897</v>
+        <v>9895</v>
       </c>
       <c r="B22" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C22" t="s">
+        <v>63</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="F22" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>9904</v>
+        <v>9896</v>
       </c>
       <c r="B23" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C23" t="s">
+        <v>65</v>
+      </c>
+      <c r="D23" t="s">
         <v>66</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="F23" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>9905</v>
+        <v>9897</v>
       </c>
       <c r="B24" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C24" t="s">
+        <v>68</v>
+      </c>
+      <c r="D24" t="s">
+        <v>61</v>
+      </c>
+      <c r="E24" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>9906</v>
+        <v>9904</v>
       </c>
       <c r="B25" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C25" t="s">
+        <v>70</v>
+      </c>
+      <c r="D25" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="E25" t="s">
         <v>72</v>
       </c>
       <c r="F25" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>9907</v>
+        <v>9905</v>
       </c>
       <c r="B26" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C26" t="s">
         <v>73</v>
       </c>
       <c r="D26" t="s">
+        <v>71</v>
+      </c>
+      <c r="E26" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F26" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>9912</v>
+        <v>9906</v>
       </c>
       <c r="B27" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C27" t="s">
+        <v>75</v>
+      </c>
+      <c r="D27" t="s">
+        <v>71</v>
+      </c>
+      <c r="E27" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F27" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>9913</v>
+        <v>9907</v>
       </c>
       <c r="B28" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C28" t="s">
+        <v>77</v>
+      </c>
+      <c r="D28" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="E28" t="s">
         <v>79</v>
       </c>
       <c r="F28" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>9917</v>
+        <v>9912</v>
       </c>
       <c r="B29" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C29" t="s">
         <v>80</v>
       </c>
       <c r="D29" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E29" t="s">
         <v>81</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>9918</v>
+        <v>9913</v>
       </c>
       <c r="B30" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C30" t="s">
         <v>82</v>
       </c>
       <c r="D30" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E30" t="s">
         <v>83</v>
       </c>
       <c r="F30" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>9923</v>
+        <v>9917</v>
       </c>
       <c r="B31" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C31" t="s">
         <v>84</v>
       </c>
       <c r="D31" t="s">
+        <v>51</v>
+      </c>
+      <c r="E31" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>9924</v>
+        <v>9918</v>
       </c>
       <c r="B32" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C32" t="s">
+        <v>86</v>
+      </c>
+      <c r="D32" t="s">
+        <v>51</v>
+      </c>
+      <c r="E32" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F32" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>9925</v>
+        <v>9923</v>
       </c>
       <c r="B33" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C33" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E33" t="s">
         <v>90</v>
       </c>
       <c r="F33" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>9926</v>
+        <v>9924</v>
       </c>
       <c r="B34" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C34" t="s">
         <v>91</v>
       </c>
       <c r="D34" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="E34" t="s">
         <v>92</v>
       </c>
       <c r="F34" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>9927</v>
+        <v>9925</v>
       </c>
       <c r="B35" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C35" t="s">
         <v>93</v>
       </c>
       <c r="D35" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="E35" t="s">
         <v>94</v>
       </c>
       <c r="F35" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>9928</v>
+        <v>9926</v>
       </c>
       <c r="B36" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C36" t="s">
         <v>95</v>
       </c>
       <c r="D36" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="E36" t="s">
         <v>96</v>
       </c>
       <c r="F36" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>9884</v>
+        <v>9927</v>
       </c>
       <c r="B37" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C37" t="s">
         <v>97</v>
       </c>
       <c r="D37" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="E37" t="s">
         <v>98</v>
       </c>
       <c r="F37" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>9885</v>
+        <v>9928</v>
       </c>
       <c r="B38" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C38" t="s">
         <v>99</v>
       </c>
       <c r="D38" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="E38" t="s">
         <v>100</v>
       </c>
       <c r="F38" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>9886</v>
+        <v>9884</v>
       </c>
       <c r="B39" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C39" t="s">
         <v>101</v>
       </c>
       <c r="D39" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E39" t="s">
         <v>102</v>
       </c>
       <c r="F39" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>9887</v>
+        <v>9885</v>
       </c>
       <c r="B40" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C40" t="s">
         <v>103</v>
       </c>
       <c r="D40" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E40" t="s">
         <v>104</v>
       </c>
       <c r="F40" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>9888</v>
+        <v>9886</v>
       </c>
       <c r="B41" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C41" t="s">
         <v>105</v>
       </c>
       <c r="D41" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E41" t="s">
         <v>106</v>
       </c>
       <c r="F41" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>9889</v>
+        <v>9887</v>
       </c>
       <c r="B42" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C42" t="s">
         <v>107</v>
       </c>
       <c r="D42" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E42" t="s">
         <v>108</v>
       </c>
       <c r="F42" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>9890</v>
+        <v>9888</v>
       </c>
       <c r="B43" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C43" t="s">
         <v>109</v>
       </c>
       <c r="D43" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E43" t="s">
         <v>110</v>
       </c>
       <c r="F43" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>9898</v>
+        <v>9889</v>
       </c>
       <c r="B44" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C44" t="s">
         <v>111</v>
       </c>
       <c r="D44" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E44" t="s">
         <v>112</v>
       </c>
       <c r="F44" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>9899</v>
+        <v>9890</v>
       </c>
       <c r="B45" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C45" t="s">
         <v>113</v>
       </c>
       <c r="D45" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E45" t="s">
         <v>114</v>
       </c>
       <c r="F45" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>9900</v>
+        <v>9898</v>
       </c>
       <c r="B46" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C46" t="s">
         <v>115</v>
       </c>
       <c r="D46" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E46" t="s">
         <v>116</v>
       </c>
       <c r="F46" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>9901</v>
+        <v>9899</v>
       </c>
       <c r="B47" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C47" t="s">
         <v>117</v>
       </c>
       <c r="D47" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E47" t="s">
         <v>118</v>
       </c>
       <c r="F47" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>9902</v>
+        <v>9900</v>
       </c>
       <c r="B48" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C48" t="s">
         <v>119</v>
       </c>
       <c r="D48" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E48" t="s">
         <v>120</v>
       </c>
       <c r="F48" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>9903</v>
+        <v>9901</v>
       </c>
       <c r="B49" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C49" t="s">
         <v>121</v>
       </c>
       <c r="D49" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E49" t="s">
         <v>122</v>
       </c>
       <c r="F49" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>9929</v>
+        <v>9902</v>
       </c>
       <c r="B50" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C50" t="s">
         <v>123</v>
       </c>
       <c r="D50" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="E50" t="s">
         <v>124</v>
       </c>
       <c r="F50" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>9935</v>
+        <v>9903</v>
       </c>
       <c r="B51" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C51" t="s">
         <v>125</v>
       </c>
       <c r="D51" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
       <c r="E51" t="s">
         <v>126</v>
       </c>
       <c r="F51" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>9948</v>
+        <v>9929</v>
       </c>
       <c r="B52" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C52" t="s">
         <v>127</v>
       </c>
       <c r="D52" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="E52" t="s">
         <v>128</v>
       </c>
       <c r="F52" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>9949</v>
+        <v>9935</v>
       </c>
       <c r="B53" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C53" t="s">
         <v>129</v>
       </c>
       <c r="D53" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="E53" t="s">
         <v>130</v>
       </c>
       <c r="F53" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>9936</v>
+        <v>9948</v>
       </c>
       <c r="B54" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C54" t="s">
         <v>131</v>
       </c>
       <c r="D54" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="E54" t="s">
         <v>132</v>
       </c>
       <c r="F54" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>9937</v>
+        <v>9949</v>
       </c>
       <c r="B55" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C55" t="s">
         <v>133</v>
       </c>
       <c r="D55" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E55" t="s">
         <v>134</v>
       </c>
       <c r="F55" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>9938</v>
+        <v>9936</v>
       </c>
       <c r="B56" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C56" t="s">
         <v>135</v>
       </c>
       <c r="D56" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="E56" t="s">
         <v>136</v>
       </c>
       <c r="F56" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>9939</v>
+        <v>9950</v>
       </c>
       <c r="B57" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C57" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
       <c r="D57" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>138</v>
+        <v>22</v>
       </c>
       <c r="F57" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>9940</v>
+        <v>9951</v>
       </c>
       <c r="B58" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C58" t="s">
-        <v>139</v>
+        <v>7</v>
       </c>
       <c r="D58" t="s">
         <v>8</v>
       </c>
       <c r="E58" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="F58" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>9941</v>
+        <v>9937</v>
       </c>
       <c r="B59" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C59" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D59" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="E59" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="F59" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>9942</v>
+        <v>9938</v>
       </c>
       <c r="B60" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C60" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D60" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="E60" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="F60" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>9943</v>
+        <v>9939</v>
       </c>
       <c r="B61" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C61" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D61" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E61" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="F61" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>9944</v>
+        <v>9940</v>
       </c>
       <c r="B62" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C62" t="s">
-        <v>147</v>
+        <v>19</v>
       </c>
       <c r="D62" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>148</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>9945</v>
+        <v>9941</v>
       </c>
       <c r="B63" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C63" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="D63" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="E63" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="F63" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>9946</v>
+        <v>9942</v>
       </c>
       <c r="B64" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C64" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="D64" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="E64" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="F64" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>9947</v>
+        <v>9943</v>
       </c>
       <c r="B65" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C65" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="D65" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
       <c r="E65" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="F65" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>9908</v>
+        <v>9944</v>
       </c>
       <c r="B66" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C66" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="D66" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
       <c r="E66" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="F66" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>9909</v>
+        <v>9945</v>
       </c>
       <c r="B67" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C67" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="D67" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="E67" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="F67" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>9910</v>
+        <v>9946</v>
       </c>
       <c r="B68" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C68" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="D68" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="E68" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="F68" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>9911</v>
+        <v>9947</v>
       </c>
       <c r="B69" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C69" t="s">
-        <v>161</v>
+        <v>23</v>
       </c>
       <c r="D69" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>162</v>
+        <v>24</v>
       </c>
       <c r="F69" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>9914</v>
+        <v>9908</v>
       </c>
       <c r="B70" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C70" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="D70" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="E70" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="F70" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>9915</v>
+        <v>9909</v>
       </c>
       <c r="B71" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C71" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="D71" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
       <c r="E71" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="F71" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>9916</v>
+        <v>9910</v>
       </c>
       <c r="B72" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C72" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="D72" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="E72" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="F72" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>9919</v>
+        <v>9911</v>
       </c>
       <c r="B73" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C73" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="D73" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E73" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="F73" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>9920</v>
+        <v>9914</v>
       </c>
       <c r="B74" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C74" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="D74" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="E74" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="F74" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>9921</v>
+        <v>9915</v>
       </c>
       <c r="B75" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C75" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="D75" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="E75" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="F75" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>9922</v>
+        <v>9916</v>
       </c>
       <c r="B76" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C76" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="D76" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="E76" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="F76" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>9934</v>
+        <v>9919</v>
       </c>
       <c r="B77" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C77" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="D77" t="s">
         <v>38</v>
       </c>
       <c r="E77" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="F77" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>9931</v>
+        <v>9920</v>
       </c>
       <c r="B78" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C78" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="D78" t="s">
-        <v>38</v>
+        <v>89</v>
       </c>
       <c r="E78" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="F78" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>9932</v>
+        <v>9921</v>
       </c>
       <c r="B79" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C79" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="D79" t="s">
-        <v>38</v>
+        <v>89</v>
       </c>
       <c r="E79" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="F79" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
+        <v>9922</v>
+      </c>
+      <c r="B80" t="s">
+        <v>46</v>
+      </c>
+      <c r="C80" t="s">
+        <v>175</v>
+      </c>
+      <c r="D80" t="s">
+        <v>89</v>
+      </c>
+      <c r="E80" t="s">
+        <v>176</v>
+      </c>
+      <c r="F80" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81">
+        <v>9934</v>
+      </c>
+      <c r="B81" t="s">
+        <v>46</v>
+      </c>
+      <c r="C81" t="s">
+        <v>177</v>
+      </c>
+      <c r="D81" t="s">
+        <v>29</v>
+      </c>
+      <c r="E81" t="s">
+        <v>178</v>
+      </c>
+      <c r="F81" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82">
+        <v>9931</v>
+      </c>
+      <c r="B82" t="s">
+        <v>46</v>
+      </c>
+      <c r="C82" t="s">
+        <v>179</v>
+      </c>
+      <c r="D82" t="s">
+        <v>29</v>
+      </c>
+      <c r="E82" t="s">
+        <v>180</v>
+      </c>
+      <c r="F82" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83">
+        <v>9932</v>
+      </c>
+      <c r="B83" t="s">
+        <v>46</v>
+      </c>
+      <c r="C83" t="s">
+        <v>181</v>
+      </c>
+      <c r="D83" t="s">
+        <v>29</v>
+      </c>
+      <c r="E83" t="s">
+        <v>182</v>
+      </c>
+      <c r="F83" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84">
         <v>9933</v>
       </c>
-      <c r="B80" t="s">
-[...2 lines deleted...]
-      <c r="C80" t="s">
+      <c r="B84" t="s">
+        <v>46</v>
+      </c>
+      <c r="C84" t="s">
         <v>183</v>
       </c>
-      <c r="D80" t="s">
-[...2 lines deleted...]
-      <c r="E80" t="s">
+      <c r="D84" t="s">
+        <v>29</v>
+      </c>
+      <c r="E84" t="s">
         <v>184</v>
       </c>
-      <c r="F80" t="s">
+      <c r="F84" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">