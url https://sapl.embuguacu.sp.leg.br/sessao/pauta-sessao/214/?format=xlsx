--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -316,51 +316,51 @@
   <si>
     <t>MOÇÃO nº 52 de 2025</t>
   </si>
   <si>
     <t>Moção de Apelo ao Prefeito Municipal de Embu-Guaçu, à empresa SP Águas, e aos Secretários Municipais de Meio Ambiente, Infraestrutura e Obras, para que seja realizado, com urgência e regularidade, o desassoreamento dos rios e córregos do município, visando prevenir enchentes, alagamentos e prejuízos à população.</t>
   </si>
   <si>
     <t>EMENDA E SUBEMENDA nº 14 de 2025</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇA E ORÇAMENTO</t>
   </si>
   <si>
     <t>Emenda Modificativa ao §3º. do Art. 22. do PROJETO DE LEI Nº 008/2025, de autoria do Executivo, Lei de Diretrizes Orçamentária de 2026</t>
   </si>
   <si>
     <t>EMENDA E SUBEMENDA nº 18 de 2025</t>
   </si>
   <si>
     <t>Emenda Aditiva que acrescenta o  Art.16-A do Projeto de Lei nº 005/2025 de autoria do Vereador Poder Executivo</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 62 de 2025</t>
   </si>
   <si>
-    <t>Institui o Dia Municipal da “Caminhada pela Luta Antimanicomial” no calendário oficial</t>
+    <t>Institui o Dia Municipal da “Caminhada pela Luta Antimanicomial” no calendário oficial do Município de Embu-Guaçu</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 63 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Travessa Adão Vieira dos Santos, à travessa localizada na nas imediações da Estrada do Jusa, no Parque Oriente.</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 64 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Travessa Eduardo de Godoi Cintra da Silva, a travessa localizada na Estrada da Mina de Ouro, no bairro Itararé.</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 65 de 2025</t>
   </si>
   <si>
     <t>Institui no Município de Embu-Guaçu, a Política Municipal de Prevenção e Combate ao Tráfico de Pessoas e dá outras providências.</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 66 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do nome da Escola Municipal "O Pequeno Príncipe", localizada no Município de Embu-Guaçu, para Escola Municipal "Tuca Mantovani" e dá outras providências.</t>
   </si>