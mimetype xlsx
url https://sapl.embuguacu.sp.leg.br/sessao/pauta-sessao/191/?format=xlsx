--- v0 (2025-10-02)
+++ v1 (2026-03-31)
@@ -33,51 +33,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="35">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
-    <t>PARECER nº 5 de 2024</t>
+    <t>PARECER COMISSÕES PERMANENTES nº 5 de 2024</t>
   </si>
   <si>
     <t>PROCESSOS TC-00007195.989.20-7; TC-017779.989.23-5, TC-017790.989.23-0 e TC-017791.989.23-9 DO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO, relativo ao parecer FAVORÁVEL às Contas do exercício financeiro de 2021 da Prefeitura Municipal de Embu-Guaçu.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>PROJETO DE LEI nº 98 de 2024</t>
   </si>
   <si>
     <t>Cassio Krebs</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Musical e Cultural Bertinho Mandú.</t>
   </si>
   <si>
     <t>Aguardando Inclusão no Expediente em Geral</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>INDICAÇÃO nº 745 de 2024</t>
   </si>
@@ -466,51 +466,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="34" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="44.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>